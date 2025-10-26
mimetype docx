--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -27,86 +27,72 @@
     <w:p w:rsidR="00D23946" w:rsidRDefault="00D23946" w:rsidP="00D23946">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23946" w:rsidRPr="00D23946" w:rsidRDefault="00D23946" w:rsidP="004348BA">
+    <w:p w:rsidR="00D23946" w:rsidRPr="00D23946" w:rsidRDefault="00D23946" w:rsidP="00D23946">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="009C0C7D" w:rsidRPr="009C0C7D">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A3CC59D" wp14:editId="7875F432">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B6B04E0" wp14:editId="43A6BE2C">
             <wp:extent cx="5749290" cy="438785"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="1" name="Obraz 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -3173,51 +3159,73 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="389"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="223" w:lineRule="exact"/>
         <w:ind w:left="115"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>uwierzytelnione kopie list płac wraz z pokwitowaniem odbioru wynagrodzenie,</w:t>
+        <w:t>uwierzytelnione kopie list płac wraz z pokwitowaniem odbioru wynagrodzeni</w:t>
+      </w:r>
+      <w:r w:rsidR="007F64F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D23946" w:rsidRDefault="00D23946" w:rsidP="00D23946">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="389"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="223" w:lineRule="exact"/>
         <w:ind w:left="115" w:right="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
@@ -3336,59 +3344,58 @@
     <w:p w:rsidR="00E0668A" w:rsidRDefault="00E0668A"/>
     <w:sectPr w:rsidR="00E0668A" w:rsidSect="00D23946">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="142" w:right="707" w:bottom="284" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7D4E853C"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
@@ -3406,53 +3413,53 @@
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F036F2"/>
-    <w:rsid w:val="00360F99"/>
-    <w:rsid w:val="004348BA"/>
+    <w:rsid w:val="004D33F9"/>
     <w:rsid w:val="005E5646"/>
+    <w:rsid w:val="007F64F9"/>
     <w:rsid w:val="009169B2"/>
     <w:rsid w:val="009C0C7D"/>
     <w:rsid w:val="00D23946"/>
     <w:rsid w:val="00E0668A"/>
     <w:rsid w:val="00E21E21"/>
     <w:rsid w:val="00F036F2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -4207,66 +4214,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>354</Words>
-  <Characters>2129</Characters>
+  <Words>340</Words>
+  <Characters>2044</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2479</CharactersWithSpaces>
+  <CharactersWithSpaces>2380</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Jarosław Pypeć</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>